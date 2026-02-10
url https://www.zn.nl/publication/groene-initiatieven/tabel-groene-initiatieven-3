--- v0 (2025-11-02)
+++ v1 (2026-02-10)
@@ -1,558 +1,601 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://zvnl-my.sharepoint.com/personal/m_romme_zn_nl/Documents/weggooien/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rklo1\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="8_{48C00C2E-4057-4D32-84A3-2F77F0AAEFF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{62756205-4722-4AFD-9571-5A551E239E41}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8FDEE31A-F6BE-4FB6-8610-2FFC5D824711}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{AB60229C-7704-496D-BFD6-A98B2B90DBD8}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{AB60229C-7704-496D-BFD6-A98B2B90DBD8}"/>
   </bookViews>
   <sheets>
-    <sheet name="Groene initiatieven" sheetId="1" r:id="rId1"/>
+    <sheet name="Groene Initiatieven" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Groene initiatieven'!$A$8:$F$41</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Groene Initiatieven'!$A$8:$F$41</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="143">
-[...7 lines deleted...]
-    <t>Initiatieven die voldoen aan een aantal beoordelinscriteria, worden opgenomen op deze lijst. Belangrijke criteria zijn bewezen effectief en kostenneutraal of kostenpositiviteit</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="158">
+  <si>
+    <t xml:space="preserve">naam </t>
+  </si>
+  <si>
+    <t>datum</t>
+  </si>
+  <si>
+    <t>zorgaanbieder</t>
+  </si>
+  <si>
+    <t>subsector(en)</t>
+  </si>
+  <si>
+    <t>zorverzekeraar / zorgkantoor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">link nadere informatie </t>
+  </si>
+  <si>
+    <t>Geen disposable patiëntenjas cataractchirurgie</t>
+  </si>
+  <si>
+    <t>2022 01</t>
+  </si>
+  <si>
+    <t>Flevoziekenhuis</t>
+  </si>
+  <si>
+    <t>MSZ</t>
+  </si>
+  <si>
+    <t>VGZ</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-geen-disposable-patientenjas-cataractchirurgie</t>
+  </si>
+  <si>
+    <t>Herbruikbare bloeddrukbanden</t>
+  </si>
+  <si>
+    <t>2022 03</t>
+  </si>
+  <si>
+    <t>Radboudumc</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-bloeddrukbanden</t>
+  </si>
+  <si>
+    <t>10% minder contrastvloeistof</t>
+  </si>
+  <si>
+    <t>2022 06</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-10-minder-jodiumhoudend-contrast</t>
+  </si>
+  <si>
+    <t>Herbruikbare partusset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UMC Utrecht </t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-partusset</t>
+  </si>
+  <si>
+    <t>PharmaSwap</t>
+  </si>
+  <si>
+    <t>Nieuwdammer Apotheek</t>
+  </si>
+  <si>
+    <t>Farmacie</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-pharmaswap</t>
+  </si>
+  <si>
+    <t>Herbruikbare OK mutsen</t>
+  </si>
+  <si>
+    <t>2022 08</t>
+  </si>
+  <si>
+    <t>Amsterdan UMC</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-ok-mutsen</t>
+  </si>
+  <si>
+    <t>-70 is het nieuwe -80</t>
+  </si>
+  <si>
+    <t>2022 09</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-min-70-is-het-nieuwe-min-80</t>
+  </si>
+  <si>
+    <t>Vraaggestuurde OK ventilatie</t>
+  </si>
+  <si>
+    <t>2022 10</t>
+  </si>
+  <si>
+    <t>ETZ</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-vraaggestuurde-ok-ventilatie</t>
+  </si>
+  <si>
+    <t>Langere wisselduur Anesthesieslangen</t>
+  </si>
+  <si>
+    <t>2023 02</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-langere-wisselduur-van-anesthesieslangen</t>
+  </si>
+  <si>
+    <t>Herbruikbare OK dekens</t>
+  </si>
+  <si>
+    <t>OLVG</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-ok-dekens</t>
+  </si>
+  <si>
+    <t>Klimaatbewuste narcose op de OK</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-klimaatbewuste-narcose-op-de-ok</t>
+  </si>
+  <si>
+    <t>Chef's menu tegen voedselverspilling</t>
+  </si>
+  <si>
+    <t>2023 03</t>
+  </si>
+  <si>
+    <t>LUMC</t>
+  </si>
+  <si>
+    <t>MSZ / GGZ / V&amp;V / GZ</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-invoering-chefs-menu-tegen-voedselverspilling</t>
+  </si>
+  <si>
+    <t>Medicijnen niet op naam verstrekken</t>
+  </si>
+  <si>
+    <t>Tjongerschans</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-medicijnen-niet-op-naam-verstrekken</t>
+  </si>
+  <si>
+    <t>Vegetarisch koken</t>
+  </si>
+  <si>
+    <t>Noordwest-Ziekenhuisgroep</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-vegetarisch-en-patientgericht-koken</t>
+  </si>
+  <si>
+    <t>Papierloze apotheek</t>
+  </si>
+  <si>
+    <t>Service Apotheken de Grebbe / de Poort</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-papierloze-apotheek</t>
+  </si>
+  <si>
+    <t>Plastic beddenhoes verdwijnt</t>
+  </si>
+  <si>
+    <t>2023 04</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-plastic-beddenhoes-verdwijnt</t>
+  </si>
+  <si>
+    <t>Intravitreale injecties zonder overbodige materialen</t>
+  </si>
+  <si>
+    <t>2023 05</t>
+  </si>
+  <si>
+    <t>UMC Utrecht / Flevoziekenhuis</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-intravitreale-injecties-zonder-overbodige-materialen</t>
+  </si>
+  <si>
+    <t>Heruitgifte medicatie</t>
+  </si>
+  <si>
+    <t>2023 07</t>
+  </si>
+  <si>
+    <t>Isala</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-heruitgifte-medicatie</t>
+  </si>
+  <si>
+    <t>Circulair slopen</t>
+  </si>
+  <si>
+    <t>2023 12</t>
+  </si>
+  <si>
+    <t>GGZ NHN</t>
+  </si>
+  <si>
+    <t>GGZ / V&amp;V / GZ / MSZ</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/ggz-fit-circulair-slopen</t>
+  </si>
+  <si>
+    <t>Minder afval door afstemmen infuussystemen</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-minder-afval-door-afstemmen-van-infuussystemen</t>
+  </si>
+  <si>
+    <t>Efficiënter gebruik van bloedbuizen bij klinische glucosebepaling</t>
+  </si>
+  <si>
+    <t>2024 01</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-efficienter-gebruik-van-bloedbuizen-bij-klinische-glucosebepaling</t>
+  </si>
+  <si>
+    <t>Lean proceduretray CVL</t>
+  </si>
+  <si>
+    <t>2024 02</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-lean-proceduretray-centraal-veneuze-lijn</t>
+  </si>
+  <si>
+    <t>Duurzame handschoenen</t>
+  </si>
+  <si>
+    <t>2024 03</t>
+  </si>
+  <si>
+    <t>Park Zuiderhout</t>
+  </si>
+  <si>
+    <t>V&amp;V (Wlz)</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wlz-fit-duurzame-handschoenen</t>
+  </si>
+  <si>
+    <t>Energiezuinige luchtbehandeling laboratoria</t>
+  </si>
+  <si>
+    <t>2024 06</t>
+  </si>
+  <si>
+    <t>PAL laboratorium</t>
+  </si>
+  <si>
+    <t xml:space="preserve">diagnostiek / MSZ </t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/dtz-fit-energiezuinige-luchtbehandeling-laboratorium</t>
+  </si>
+  <si>
+    <t>Aparte bloedbuis voor actieve vitamine B12 bepaling overbodig</t>
+  </si>
+  <si>
+    <t>Unilabs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diagnostiek / MSZ </t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-aparte-bloedbuis-voor-actieve-vitamine-b12-bepaling-overbodig</t>
+  </si>
+  <si>
+    <t>Schoon in plaats van steriel inbrengen blaaskatheter</t>
+  </si>
+  <si>
+    <t>2024 07</t>
+  </si>
+  <si>
+    <t>MSZ / V&amp;V</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-schoon-in-plaats-van-steriel-inbrengen-blaaskatheter</t>
+  </si>
+  <si>
+    <t>Duurzame dagbesteding</t>
+  </si>
+  <si>
+    <t>Prospects at Work</t>
+  </si>
+  <si>
+    <t>Wlz (GZ en GGZ)</t>
+  </si>
+  <si>
+    <t>https://www.vgz-zorgkantoren.nl/zorgaanbieders/zinnige-zorg/zinnige-zorg-in-de-praktijk/fit---duurzame-dagbesteding-met-circulair-hout</t>
+  </si>
+  <si>
+    <t>Papierloze onderzoeksbank</t>
+  </si>
+  <si>
+    <t>2024 08</t>
+  </si>
+  <si>
+    <t>MSZ en KAZ</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-papierloze-onderzoeksbank</t>
+  </si>
+  <si>
+    <t>Minder wegwerp babyflessen</t>
+  </si>
+  <si>
+    <t>2024 09</t>
+  </si>
+  <si>
+    <t>NWZ</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-minder-wegwerp-babyflessen</t>
+  </si>
+  <si>
+    <t>Reduce &amp; refuse op de OK</t>
+  </si>
+  <si>
+    <t>Maasstad Ziekenhuis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zilveren Kruis </t>
+  </si>
+  <si>
+    <t>https://www.zilverenkruis.nl/zorgaanbieders/visie-en-transformatie/goede-voorbeelden/refuse-op-de-ok</t>
+  </si>
+  <si>
+    <t>Halvering gebruik petrischalen</t>
+  </si>
+  <si>
+    <t>RLM Microbiologie</t>
+  </si>
+  <si>
+    <t>MSZ / Laboratoria/diagnostiek</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/dtz-fit-halvering-gebruik-petrischalen</t>
+  </si>
+  <si>
+    <t>Lokale en groene inkoop energie</t>
+  </si>
+  <si>
+    <t>2024 10</t>
+  </si>
+  <si>
+    <t>s Heeren Loo</t>
+  </si>
+  <si>
+    <t>GZ / GGZ / V&amp;V / MSZ</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wlz-lokale-en-groene-inkoop-energie</t>
+  </si>
+  <si>
+    <t>Automatisch uitzetten pc's</t>
+  </si>
+  <si>
+    <t>2025 01</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-automatisch-uitzetten-pc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warmtepomp warmtapwater </t>
+  </si>
+  <si>
+    <t>2025 02</t>
+  </si>
+  <si>
+    <t>Pantein</t>
+  </si>
+  <si>
+    <t>V&amp;V / GGZ / GZ / MSZ</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wlz-fit-warmtepomp-warmtapwater</t>
+  </si>
+  <si>
+    <t>Duurzaam koelen met de 'Groene Airco'</t>
+  </si>
+  <si>
+    <t>2025 04</t>
+  </si>
+  <si>
+    <t>De Herbergier</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wvp-fit-duurzaam-koelen-met-groene-airco</t>
+  </si>
+  <si>
+    <t>Herbruikbare celstofmat</t>
+  </si>
+  <si>
+    <t>https://www.zilverenkruis.nl/zorgaanbieders/visie-en-transformatie/goede-voorbeelden/herbruikbare-onderleggers</t>
+  </si>
+  <si>
+    <t>Wasbaar incontinentiemateriaal</t>
+  </si>
+  <si>
+    <t>2025 10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GZ </t>
+  </si>
+  <si>
+    <t>https://www.linkedin.com/feed/update/urn:li:activity:7250106347357093888</t>
+  </si>
+  <si>
+    <t>Voorkomen van voedselverspilling</t>
+  </si>
+  <si>
+    <t>Axioncontinu</t>
+  </si>
+  <si>
+    <t>V&amp;V (WlZ)</t>
+  </si>
+  <si>
+    <t>https://www.linkedin.com/feed/update/urn:li:activity:7308475282993086464</t>
+  </si>
+  <si>
+    <t>2025 11</t>
+  </si>
+  <si>
+    <t>Zorggroep Katwijk</t>
+  </si>
+  <si>
+    <t>Farmacie, Huisartsenzorg</t>
+  </si>
+  <si>
+    <t>https://www.cooperatievgz.nl/zorgaanbieders/zorgvernieuwing/farma-fit-kies-een-droogpoederinhalator-voor-een-beter--klimaat/</t>
+  </si>
+  <si>
+    <t>Droogpoederinhalator</t>
+  </si>
+  <si>
+    <t>Groene initiatieven (versie januari 2026)</t>
+  </si>
+  <si>
+    <t>Initiatieven die voldoen aan een aantal beoordelingscriteria, worden opgenomen in deze lijst. Belangrijke criteria zijn bewezen effectief en kostenneutraal of kostenpositiviteit</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Zorgverzekeraars en zorgkantoren zetten zich in om </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Groene initiatieven </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <scheme val="minor"/>
       </rPr>
-      <t>breder bekendheid te geven zodat andere zorgaanbieders deze groene initiatieven kunnen overnemen</t>
+      <t>breder bekendheid te geven, zodat andere zorgaanbieders deze groene initiatieven kunnen overnemen.</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Voor meer informatie over de inzet voor zorgverzekeraars en zorgkantoren voor de verduurzaming van de zorgsector: </t>
+      <t xml:space="preserve">Voor meer informatie over de inzet van zorgverzekeraars en zorgkantoren voor de verduurzaming van de zorgsector: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <scheme val="minor"/>
       </rPr>
       <t>www.zn.nl/dossier/duurzaamheid</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">naam </t>
-[...410 lines deleted...]
-    <t>https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wvp-fit-duurzaam-koelen-met-groene-airco</t>
+    <t>Zorgverzekeraars en zorgkantoren verzamelen actief verduurzamingsinitiatieven.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -648,52 +691,56 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="17" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" readingOrder="1"/>
     </xf>
@@ -706,51 +753,51 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>315686</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1701891</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>174521</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Afbeelding 2">
           <a:extLst>
@@ -766,54 +813,50 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11092543" y="0"/>
           <a:ext cx="1379220" cy="1395354"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Thema">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1068,1018 +1111,1156 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-ok-dekens" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-pharmaswap" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgz-zorgkantoren.nl/zorgaanbieders/zinnige-zorg/zinnige-zorg-in-de-praktijk/fit---duurzame-dagbesteding-met-circulair-hout" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-minder-afval-door-afstemmen-van-infuussystemen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-bloeddrukbanden" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wlz-fit-warmtepomp-warmtapwater" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-plastic-beddenhoes-verdwijnt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-klimaatbewuste-narcose-op-de-ok" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-min-70-is-het-nieuwe-min-80" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/dtz-fit-energiezuinige-luchtbehandeling-laboratorium" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wvp-fit-duurzaam-koelen-met-groene-airco" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-efficienter-gebruik-van-bloedbuizen-bij-klinische-glucosebepaling" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-ok-mutsen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-10-minder-jodiumhoudend-contrast" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/dtz-fit-halvering-gebruik-petrischalen" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-geen-disposable-patientenjas-cataractchirurgie" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-intravitreale-injecties-zonder-overbodige-materialen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-invoering-chefs-menu-tegen-voedselverspilling" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-aparte-bloedbuis-voor-actieve-vitamine-b12-bepaling-overbodig" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-automatisch-uitzetten-pc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-heruitgifte-medicatie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-vraaggestuurde-ok-ventilatie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wlz-fit-duurzame-handschoenen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-minder-wegwerp-babyflessen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-medicijnen-niet-op-naam-verstrekken" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-partusset" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zilverenkruis.nl/zorgaanbieders/visie-en-transformatie/goede-voorbeelden/refuse-op-de-ok" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/ggz-fit-circulair-slopen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-vegetarisch-en-patientgericht-koken" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-langere-wisselduur-van-anesthesieslangen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-lean-proceduretray-centraal-veneuze-lijn" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-papierloze-onderzoeksbank" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wlz-lokale-en-groene-inkoop-energie" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-papierloze-apotheek" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-ok-dekens" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-pharmaswap" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgz-zorgkantoren.nl/zorgaanbieders/zinnige-zorg/zinnige-zorg-in-de-praktijk/fit---duurzame-dagbesteding-met-circulair-hout" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-bloeddrukbanden" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wlz-fit-warmtepomp-warmtapwater" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-plastic-beddenhoes-verdwijnt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-klimaatbewuste-narcose-op-de-ok" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-min-70-is-het-nieuwe-min-80" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/dtz-fit-energiezuinige-luchtbehandeling-laboratorium" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wvp-fit-duurzaam-koelen-met-groene-airco" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zorgvernieuwing/farma-fit-kies-een-droogpoederinhalator-voor-een-beter--klimaat/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-efficienter-gebruik-van-bloedbuizen-bij-klinische-glucosebepaling" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-ok-mutsen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-10-minder-jodiumhoudend-contrast" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/dtz-fit-halvering-gebruik-petrischalen" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-geen-disposable-patientenjas-cataractchirurgie" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-intravitreale-injecties-zonder-overbodige-materialen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-invoering-chefs-menu-tegen-voedselverspilling" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-aparte-bloedbuis-voor-actieve-vitamine-b12-bepaling-overbodig" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-automatisch-uitzetten-pc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/feed/update/urn:li:activity:7308475282993086464" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-heruitgifte-medicatie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-vraaggestuurde-ok-ventilatie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wlz-fit-duurzame-handschoenen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-minder-wegwerp-babyflessen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/feed/update/urn:li:activity:7250106347357093888" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-medicijnen-niet-op-naam-verstrekken" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-herbruikbare-partusset" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zilverenkruis.nl/zorgaanbieders/visie-en-transformatie/goede-voorbeelden/refuse-op-de-ok" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/ggz-fit-circulair-slopen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-vegetarisch-en-patientgericht-koken" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-langere-wisselduur-van-anesthesieslangen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-lean-proceduretray-centraal-veneuze-lijn" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-papierloze-onderzoeksbank" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/wlz-lokale-en-groene-inkoop-energie" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zilverenkruis.nl/zorgaanbieders/visie-en-transformatie/goede-voorbeelden/herbruikbare-onderleggers" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-papierloze-apotheek" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cooperatievgz.nl/zorgaanbieders/zinnige-zorg/msz-fit-minder-afval-door-afstemmen-van-infuussystemen" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{49750AF2-0A96-47CA-824E-6A06D316C26B}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G45"/>
+  <dimension ref="A1:G47"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="F7" sqref="F7"/>
+      <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="159.26953125" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="60.453125" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="159.26953125" style="1"/>
+    <col min="1" max="1" width="60.453125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="9.54296875" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="39.1796875" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="26.54296875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="28.7265625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="133.26953125" style="23" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="159.26953125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A1" s="3" t="s">
+      <c r="A1" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="F1" s="4"/>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A2" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F2" s="4"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A3" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="F3" s="4"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A4" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="F4" s="4"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A5" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="F5" s="4"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F6" s="4"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F7" s="4"/>
+    </row>
+    <row r="8" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="F1" s="2"/>
-[...2 lines deleted...]
-      <c r="A2" s="4" t="s">
+      <c r="B8" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="F2" s="2"/>
-[...2 lines deleted...]
-      <c r="A3" s="8" t="s">
+      <c r="C8" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="2"/>
-[...2 lines deleted...]
-      <c r="A4" s="5" t="s">
+      <c r="D8" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="F4" s="2"/>
-[...2 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="E8" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="2"/>
-[...8 lines deleted...]
-      <c r="A8" s="10" t="s">
+      <c r="F8" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="10" t="s">
+    </row>
+    <row r="9" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="C8" s="10" t="s">
+      <c r="B9" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="D8" s="10" t="s">
+      <c r="C9" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E8" s="10" t="s">
+      <c r="D9" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="F8" s="10" t="s">
-[...4 lines deleted...]
-      <c r="A9" s="6" t="s">
+      <c r="E9" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="6" t="s">
+    </row>
+    <row r="10" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="6" t="s">
+      <c r="B10" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="D9" s="6" t="s">
+      <c r="C10" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="E9" s="6" t="s">
+      <c r="D10" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="F9" s="15" t="s">
+    </row>
+    <row r="11" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="8" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="6" t="s">
+      <c r="B11" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="6" t="s">
+      <c r="C11" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="6" t="s">
+    </row>
+    <row r="12" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="D10" s="6" t="s">
+      <c r="B12" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" s="17" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" s="17" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="17" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C15" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="E10" s="6" t="s">
-[...16 lines deleted...]
-      <c r="D11" s="6" t="s">
+      <c r="D15" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" s="18" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F16" s="17" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="8" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="E11" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A12" s="6" t="s">
+      <c r="D17" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F17" s="17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" s="17" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F19" s="17" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="8" customFormat="1" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F20" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F21" s="17" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E22" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F22" s="17" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D12" s="6" t="s">
+      <c r="E23" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F23" s="17" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B24" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="E12" s="6" t="s">
-[...36 lines deleted...]
-      <c r="D14" s="6" t="s">
+      <c r="D24" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F24" s="17" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B25" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F25" s="17" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E26" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F26" s="17" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B27" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E27" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F27" s="17" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C28" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...16 lines deleted...]
-      <c r="D15" s="6" t="s">
+      <c r="D28" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E28" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F28" s="17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E29" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" s="19" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="E15" s="6" t="s">
-[...16 lines deleted...]
-      <c r="D16" s="6" t="s">
+      <c r="D30" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E30" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F30" s="20" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B31" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E31" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F31" s="20" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="B32" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F32" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="G32" s="13"/>
+    </row>
+    <row r="33" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="B33" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F33" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="G33" s="14"/>
+    </row>
+    <row r="34" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="B34" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="C34" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="E16" s="6" t="s">
-[...42 lines deleted...]
-      <c r="F18" s="15" t="s">
+      <c r="D34" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F34" s="20" t="s">
+        <v>100</v>
+      </c>
+      <c r="G34" s="11"/>
+    </row>
+    <row r="35" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="B35" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F35" s="21" t="s">
+        <v>104</v>
+      </c>
+      <c r="G35" s="14"/>
+    </row>
+    <row r="36" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="B36" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="E36" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F36" s="22" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="B37" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F37" s="22" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="B38" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="F38" s="22" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="B39" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="C39" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="E39" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F39" s="22" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="B40" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="C40" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F40" s="22" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="B41" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F41" s="22" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="B42" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="E42" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F42" s="22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="B43" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="E43" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F43" s="22" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="C44" s="8" t="s">
         <v>47</v>
       </c>
-    </row>
-[...368 lines deleted...]
-      <c r="B37" s="6" t="s">
+      <c r="D44" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="C37" s="6" t="s">
-[...36 lines deleted...]
-      <c r="B39" s="6" t="s">
+      <c r="F44" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="G44" s="2"/>
+    </row>
+    <row r="45" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="E45" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="13" t="s">
-[...79 lines deleted...]
-      <c r="C43" s="6" t="s">
+      <c r="F45" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A46" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="B46" s="8" t="s">
         <v>141</v>
       </c>
-      <c r="D43" s="6" t="s">
-[...13 lines deleted...]
-      <c r="F45" s="21"/>
+      <c r="C46" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="E46" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A47" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="E47" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>151</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A8:F41" xr:uid="{49750AF2-0A96-47CA-824E-6A06D316C26B}"/>
   <hyperlinks>
     <hyperlink ref="F9" r:id="rId1" xr:uid="{903D519C-B08C-4A31-A222-698F51A30711}"/>
     <hyperlink ref="F29" r:id="rId2" xr:uid="{F19461B8-3B76-44FE-B9BD-679D735E672A}"/>
     <hyperlink ref="F28" r:id="rId3" xr:uid="{ABAB1A85-BC3E-4147-81A3-744FCDF741F8}"/>
     <hyperlink ref="F27" r:id="rId4" xr:uid="{2CDB41D0-02F0-4737-9CF2-0220EF60660A}"/>
     <hyperlink ref="F26" r:id="rId5" xr:uid="{2CE4E065-7D60-4E02-BCD9-ABA6FB9667FB}"/>
     <hyperlink ref="F25" r:id="rId6" xr:uid="{458C8B12-B398-4782-9BE6-7A6061A917A9}"/>
     <hyperlink ref="F24" r:id="rId7" xr:uid="{6DE808E4-A2FB-44E5-B853-19616285B73C}"/>
     <hyperlink ref="F23" r:id="rId8" xr:uid="{2F005B80-5896-4DBD-8887-B72819D6C4F5}"/>
     <hyperlink ref="F22" r:id="rId9" xr:uid="{27A50788-D1E7-48ED-974F-65D1E506B5E6}"/>
     <hyperlink ref="F21" r:id="rId10" xr:uid="{43663E40-D0BD-4BCD-A1DF-DE3A45C0065E}"/>
     <hyperlink ref="F20" r:id="rId11" xr:uid="{783DBCC4-9586-4417-BEA2-3137D02FD87A}"/>
     <hyperlink ref="F19" r:id="rId12" xr:uid="{1E724543-3FCE-4A75-9976-80A49A333181}"/>
     <hyperlink ref="F18" r:id="rId13" xr:uid="{36BC9B7C-4916-4DFC-BDFC-22106552C8B9}"/>
     <hyperlink ref="F17" r:id="rId14" xr:uid="{FC8BE229-D9F8-4DDF-901B-33A0E32E679E}"/>
     <hyperlink ref="F16" r:id="rId15" xr:uid="{88433956-9E3B-4C98-8DBE-1EF7CD23A783}"/>
     <hyperlink ref="F14" r:id="rId16" xr:uid="{FB024C31-9DBD-47CD-92FC-3BDAB167824D}"/>
     <hyperlink ref="F15" r:id="rId17" xr:uid="{BB44B8E6-21F9-4D19-B02B-43FD2CB7F74F}"/>
     <hyperlink ref="F13" r:id="rId18" xr:uid="{B26CE99F-0A4D-4169-A059-B054CB6A69D2}"/>
     <hyperlink ref="F12" r:id="rId19" xr:uid="{DBE0C6D0-E32A-4673-9BA6-CEDE1C1BED6A}"/>
     <hyperlink ref="F11" r:id="rId20" xr:uid="{B1B44643-E54C-45BA-A258-5F71685EE2F8}"/>
     <hyperlink ref="F10" r:id="rId21" xr:uid="{D16919E8-9610-4E54-95DB-577C39652AEE}"/>
     <hyperlink ref="F30" r:id="rId22" xr:uid="{2FEE5C16-F79C-4DA9-97EC-5A844331392F}"/>
     <hyperlink ref="F31" r:id="rId23" xr:uid="{A65E0231-5258-40EB-8338-30494935FFD8}"/>
     <hyperlink ref="F33" r:id="rId24" xr:uid="{2F9B2433-7592-4ED4-A0E0-8BAD0C497F02}"/>
     <hyperlink ref="F32" r:id="rId25" xr:uid="{90C4EAED-D407-4BCC-BE91-CD807F7ECF24}"/>
     <hyperlink ref="F35" r:id="rId26" xr:uid="{F578E01E-1BF8-4D31-99B7-570DCC9C7B7D}"/>
     <hyperlink ref="F36" r:id="rId27" xr:uid="{FD081575-8556-41EF-A1B4-57A78C56B8E9}"/>
     <hyperlink ref="F37" r:id="rId28" xr:uid="{7561C53A-92A8-4A61-B91A-2493E39398F1}"/>
     <hyperlink ref="F39" r:id="rId29" xr:uid="{EC35B545-FEE6-4CE0-BD4D-6B01F6D60FBD}"/>
     <hyperlink ref="F40" r:id="rId30" xr:uid="{4BE2DE10-22F2-4C99-A08F-0CB8FEF90794}"/>
     <hyperlink ref="F38" r:id="rId31" xr:uid="{AB174CAB-4500-443F-B98E-251F80005897}"/>
     <hyperlink ref="F41" r:id="rId32" xr:uid="{14AC0F15-8ED1-4A68-8F90-415667F7E7DB}"/>
     <hyperlink ref="F43" r:id="rId33" xr:uid="{11ADA611-FBDB-49A0-A0D0-85FCC57BB3E8}"/>
     <hyperlink ref="F42" r:id="rId34" xr:uid="{0DD830F8-7B14-4E60-8366-1A1011151DC4}"/>
+    <hyperlink ref="F44" r:id="rId35" xr:uid="{0D55C30C-DCAE-404E-BEDA-8E7113FE0938}"/>
+    <hyperlink ref="F45" r:id="rId36" xr:uid="{D7755C4D-A5DC-46D7-9869-E753B18F6D92}"/>
+    <hyperlink ref="F46" r:id="rId37" xr:uid="{7DEE68F4-2A8C-4445-B504-7C636D78148D}"/>
+    <hyperlink ref="F47" r:id="rId38" xr:uid="{DC817C9A-425D-4C89-9B98-2635C45B8611}"/>
   </hyperlinks>
   <printOptions gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="47" orientation="landscape" r:id="rId35"/>
-  <drawing r:id="rId36"/>
+  <pageSetup paperSize="9" scale="47" orientation="landscape" r:id="rId39"/>
+  <drawing r:id="rId40"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <xsd:import namespace="ba038740-69da-4beb-9424-6f16293a6780"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010041071B23CFF84F49AAA0E0815D43F081" ma:contentTypeVersion="18" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="cf5f5ac3d2f92bda18259be40f92417f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="203600ae-6442-4916-b119-2ca178f96bed" xmlns:ns4="197774b1-1b26-45ae-ad46-db8eba64a9cd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7f2d84cc3194328bfc69e03f73d370f2" ns3:_="" ns4:_="">
+    <xsd:import namespace="203600ae-6442-4916-b119-2ca178f96bed"/>
+    <xsd:import namespace="197774b1-1b26-45ae-ad46-db8eba64a9cd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
-[...7 lines deleted...]
-                <xsd:element ref="ns3:Nummering" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ba038740-69da-4beb-9424-6f16293a6780" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="203600ae-6442-4916-b119-2ca178f96bed" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxKeywordTaxHTField" ma:index="9" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Trefwoorden" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="10ecc099-e8a5-4140-8f9a-d8cbcdd4e3a1" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
-[...4 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c929aa0d-a3ee-4fc4-a012-9a2ab9d9ac26}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="af8d3f5d-c13b-484a-ab7f-7fb2a7f4f08d">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="15" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="16" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="17" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="22" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="24" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="197774b1-1b26-45ae-ad46-db8eba64a9cd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Gedeeld met" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:MultiChoiceLookup">
+          <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
-              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAllLabel" ma:index="11" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{c929aa0d-a3ee-4fc4-a012-9a2ab9d9ac26}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="af8d3f5d-c13b-484a-ab7f-7fb2a7f4f08d">
-[...10 lines deleted...]
-    <xsd:element name="Kenmerk" ma:index="13" nillable="true" ma:displayName="Kenmerk" ma:default="" ma:internalName="Kenmerk">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Gedeeld met details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="14" nillable="true" ma:displayName="Status" ma:default="Concept" ma:format="Dropdown" ma:internalName="Status">
+    <xsd:element name="SharingHintHash" ma:index="12" nillable="true" ma:displayName="Hint-hash delen" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...28 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="8" ma:displayName="Categorie"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
           <xs:element ref="pc:AccountType" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="DisplayName" type="xs:string"/>
@@ -2119,175 +2300,152 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="ba038740-69da-4beb-9424-6f16293a6780" xsi:nil="true"/>
-[...8 lines deleted...]
-    <Nummering xmlns="ba038740-69da-4beb-9424-6f16293a6780" xsi:nil="true"/>
+    <_activity xmlns="203600ae-6442-4916-b119-2ca178f96bed" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{796C70FD-86BE-4698-81B7-AA60AC629FA4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCDF0E09-92A4-4D85-BA71-C98CBA4AC34D}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1ED87FCA-76BF-4E5A-BFB9-38C2E8AB2AB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="ba038740-69da-4beb-9424-6f16293a6780"/>
+    <ds:schemaRef ds:uri="203600ae-6442-4916-b119-2ca178f96bed"/>
+    <ds:schemaRef ds:uri="197774b1-1b26-45ae-ad46-db8eba64a9cd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD6E1BF2-41AB-4895-B4E2-4AC546445448}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="197774b1-1b26-45ae-ad46-db8eba64a9cd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="203600ae-6442-4916-b119-2ca178f96bed"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Groene initiatieven</vt:lpstr>
+      <vt:lpstr>Groene Initiatieven</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>tabel groene initiatieven</dc:title>
-  <dc:subject/>
-  <dc:creator>Mathijs Romme</dc:creator>
+  <dc:subject>tabel groene initiatieven</dc:subject>
+  <dc:creator>Zorgverzekeraars Nederland</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101003D93667884C3D9499D848086F524FF7900EA8289312140684BA972FC3810FF0AE3</vt:lpwstr>
+    <vt:lpwstr>0x01010041071B23CFF84F49AAA0E0815D43F081</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="SharedWithUsers">
     <vt:lpwstr>74;#Ilyes Machkor (I)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="lcf76f155ced4ddcb4097134ff3c332f">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8e45bac7-d74d-45de-ad3c-2a3094df9ba8_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8e45bac7-d74d-45de-ad3c-2a3094df9ba8_SetDate">
     <vt:lpwstr>2024-07-29T09:16:52Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8e45bac7-d74d-45de-ad3c-2a3094df9ba8_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8e45bac7-d74d-45de-ad3c-2a3094df9ba8_Name">
     <vt:lpwstr>8e45bac7-d74d-45de-ad3c-2a3094df9ba8</vt:lpwstr>
   </property>